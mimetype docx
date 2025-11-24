--- v0 (2025-10-10)
+++ v1 (2025-11-24)
@@ -261,82 +261,110 @@
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034099">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>(data)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C5E92BD" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00034099" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="567" w:right="1361"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5330488E" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00EB67F6" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
+    <w:p w14:paraId="5330488E" w14:textId="2758CE8E" w:rsidR="009E7F21" w:rsidRPr="00EB67F6" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-64" w:right="-154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB67F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Prašau 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>24-2025 mokslo</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA347D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA347D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokslo</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB67F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>etais</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB67F6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> leisti laikyti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -634,51 +662,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>antroji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="3163113F" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1472CB6F" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12F30B10" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035284B">
@@ -711,51 +739,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="333C750C" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="21901FA2" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40996718" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5814C8F4" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:left="-100" w:rightChars="-20" w:right="-48" w:firstLine="100"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -781,51 +809,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08D65539" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="1A06E8F5" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="311A5EF9" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BBA371E" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="000E109F" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -852,51 +880,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10AEB949" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="7678A805" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1623C4C4" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75404ACC" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="000E109F" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -923,51 +951,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C6D418E" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="45EE7717" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DD2B3F1" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="674DDC38" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -993,51 +1021,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A107F3F" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="5C06CD81" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="685B9A13" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D32BA40" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1063,121 +1091,123 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66EAE2AC" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="1E184FE5" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C06B2B8" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7803030C" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Užsienio (vokiečių) kalba</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2698EB22" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53812FEC" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="27E66153" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25BDD1E5" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E29FF87" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1211,51 +1241,51 @@
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="nil"/>
               <w:tr2bl w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32A610FC" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="7A00B996" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C307575" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A16EE34" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1281,51 +1311,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="642EFF30" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="02D937D1" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08DCB7F1" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16894330" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1351,51 +1381,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C869A45" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="4AD93BDB" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="623EEC05" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22F16445" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1421,51 +1451,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24FAF6C2" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="3A0ECD0D" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ADA1010" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AA6DE92" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1491,51 +1521,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33FE339D" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="4AAF8EE0" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64DD3C58" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1660E6E5" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1561,51 +1591,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CDD8E79" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="4E0B8D83" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C08F5D3" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ECB8050" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1631,51 +1661,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A529ADA" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="18F903A4" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C40BF38" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AF49F02" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1701,51 +1731,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79FDCEF2" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="78559A36" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="240D6972" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3192FD1A" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1772,58 +1802,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EC4A0B2" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="3CB19A2E" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="070A09C0" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="360" w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2724AF3E" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76F15">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Struktūrinės sistemos ir statinių inžinerija</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1850,51 +1879,51 @@
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A95C92">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="2C3DCF56" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0474B041" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="360" w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B9A636A" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA208F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
@@ -1927,51 +1956,51 @@
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A95C92">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="794C0F9E" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5A47E7EA" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="360" w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1398D566" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76F15">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
@@ -2013,51 +2042,51 @@
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A95C92">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="34719113" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="760027A4" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="360" w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EFDB988" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76F15">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
@@ -2090,51 +2119,51 @@
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A95C92">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E7F21" w:rsidRPr="0035284B" w14:paraId="0CE0F74F" w14:textId="77777777" w:rsidTr="00D836D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="03D75E3F" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="00D467F8" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="360" w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78475047" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="-20" w:right="-48"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E76F15">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
@@ -2160,51 +2189,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BD24655" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRPr="0035284B" w:rsidRDefault="009E7F21" w:rsidP="00D836D1">
             <w:pPr>
               <w:ind w:rightChars="567" w:right="1361"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A95C92">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="2D7C4FAB" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="009E7F21">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:rightChars="-11" w:right="-26"/>
         <w:rPr>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034099">
         <w:rPr>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>(pasirinkę konkretaus dalyko egzamin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>o dalį</w:t>
       </w:r>
@@ -2951,75 +2979,75 @@
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>(vardas ir  pavardė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0EC951B4" w14:textId="77777777" w:rsidR="009E7F21" w:rsidRDefault="009E7F21" w:rsidP="009E7F21"/>
     <w:sectPr w:rsidR="009E7F21" w:rsidSect="005569E5">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="426" w:right="900" w:bottom="0" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42CA0D2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1598BD0E"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3212,98 +3240,99 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009E7F21"/>
     <w:rsid w:val="000E40C8"/>
     <w:rsid w:val="009E7F21"/>
+    <w:rsid w:val="00BA347D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0ADA2A59"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A913962C-215D-4020-9424-2F2AD987FBD1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3635,96 +3664,95 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009E7F21"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009E7F21"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -4003,54 +4031,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1514</Words>
-  <Characters>864</Characters>
+  <Words>354</Words>
+  <Characters>2024</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Renata Ulvidienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>